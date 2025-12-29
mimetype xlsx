--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1471" uniqueCount="703">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1607" uniqueCount="767">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -693,54 +693,90 @@
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1068/pl_052_-_politica_municipal_de_seguranca_publica_e_defesa_social.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Segurança Pública e Defesa Social (PMSPDS) do Município de Demerval Lobão - PI</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1069/pl_053_-_institui_o_plano_municipal_de_seguranca_publica_de_demerval_lobao-pi.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Segurança Pública de Demerval Lobão-PI e dá outras providências.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_054_-_criacao_do_conselho_municipal_de_seguranca_publica_e_defesa_social__comsep_e_do_fundo_municipal_de_seguranca_publica_-_fumseg_revisado.pdf</t>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_054_-_criacao_do_conselho_municipal_de_seguranca_publica_e_defesa_social__comsep_e_do_fundo_municipal_de_seguranca_publica_-_fumseg_revisado_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Segurança Pública e Defesa Social – COMSEP e do Fundo Municipal de Segurança Pública - FUMSEG de Demerval Lobão-PI e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1083</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1083/pl_055-2025_-_ppa_2026-2029.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual do Município de Demerval Lobão–PI, para o Quadriênio de 2.026 a 2.029 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1084</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1084/pl_056-2025_-_altera_as_metas_e_prioridades_estabelecidas_na_lei_770-25.pdf</t>
+  </si>
+  <si>
+    <t>Altera as metas e prioridades estabelecidas na Lei nº 770/2025, que dispõe sobre a LDO para o exercício financeiro de 2026, para ajustá-las ao Plano Plurianual – PPA 2026–2029, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1092</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1092/pl_057-2025_-_abono_salarial_ace_e_acs.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR AOS AGENTES COMUNITÁRIOS DE SAÚDE – ACS E AOS AGENTES DE COMBATE ÀS ENDEMIAS – ACE O INCENTIVO FINANCEIRO ADICIONAL (ABONO) REFERENTE AO EXERCÍCIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/920/pdl_001_2025_-_convenio_bb.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE DEMERVAL LO-BÃO-PI A CELEBRAR CONVÊNIO COM O BANCO DO BRASIL PARA A REALIZAÇÃO DE EMPRÉSTIMOS CONSIGNADOS EM FOLHA DE PAGAMENTO AOS VE-READORES E SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1020/pdl_002_2025_-_autorizacao_prefeito.pdf</t>
   </si>
@@ -1340,75 +1376,66 @@
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE JUNTAMENTE AO ÓRGÃO COMPETENTE A CONSTRUÇÃO DE UM PONTO DE APOIO (DE ORAÇÃO). NOS CEMITÉRIOS DOS ANJINHOS E DA LOCALIDADE OLHO D'ÁGUA. A FIM DE OFERECER UM MELHOR CONFORTO PARA OS FAMILIARES QUE ALI VISITAM SEUS ENTES QUERIDOS.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/957/053_-_ernesto_-_calcamento_libanio_alves.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A COMPLEMENTAÇÃO DA PAVIMENTAÇÃO DA RUA LIBÂNIO ALVES NO BAIRRO PRAIA DO VENTO.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/958/054_-_ernesto_-_calcamento_ruas_bartolomeu_soares_e_raimundo_soares.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A PAVIMENTAÇÃO DA RUA BARTOLOMEU SOARES BAIRRO BOA ESPERANÇA, BEM COMO A COMPLEMENTAÇÃO DA PAVIMENTAÇÃO DA RUA RAIMUNDO SOARES BAIRRO BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/959/055_-_ernesto_-_calcamento_rua_petronilia.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A COMPLEMENTAÇÃO DA PAVIMENTAÇÃO DA RUA PETRONILIA COSTA LIMA PARQUE VAQUEJADOR.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>56</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/967/056_-_ernesto_-_limpeza_dos_bairros.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A PRONTA LIMPEZA DO BAIRRO BOA ESPERANÇA, VILA BARTOLOMEU E VILA SANTA FILOMENA</t>
   </si>
   <si>
     <t>968</t>
-  </si>
-[...1 lines deleted...]
-    <t>57</t>
   </si>
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/968/057_-_mirian_-_limpeza_cemiterio_portal_dos_bacuris.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE JUNTAMENTE AO ÓRGÃO COMPETENTE A LIMPEZA E REVITALIZAÇÃO DO CEMITÉRIO FRANCISCO VELOSO DOS SANTOS NO PORTAL DO BACURI.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/969/058_-_mirian_-_limpeza_ruas_do_portal_do_bacuri.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE A LIMPEZA, COM O ROÇO DAS RUAS NA LOCALIDADE PORTAL DO BACURI A FIM DE DAR MAIS DIGNIDADE AOS SEUS MORADORES.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>59</t>
   </si>
@@ -2118,50 +2145,215 @@
     <t>1073</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Francide Lopes</t>
   </si>
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1073/118_-_francide_-_asfalto_rua_sao_domingos.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A PAVIMENTAÇÃO ASFÁLTICA DA RUA SÃO DOMINGOS DESDE A RUA SANTA RITA, PASSANDO PELA CAPELA DE SÃO FRANCISCO ATÉ A RUA DEMÓSTENES DE MORAES NO BAIRRO CIDADE NOVA.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1074/119_-_cinesio_-_asfalto_-_francisco_de_castro.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, PROVIDENCIE JUNTAMENTE COM O ÓRGÃO COMPETENTE A COMPLEMENTAÇÃO DA PAVIMENTAÇÃO ASFALTICA DA AVENIDA FRANCISCO DE CASTRO ATÉ O PONTÃO</t>
+  </si>
+  <si>
+    <t>1075</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1075/120_-_mirian_-_asfato_da_extrema_ate_a_ponte_da_gameleira.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, PROVIDENCIE JUNTAMENTE COM O ÓRGÃO COMPETENTE A COMPLEMENTAÇÃ DA PAVIMENTAÇÃO ASFALTICA DESDE A LOCALIDADE EXTREMA ATÉ CHEGAR NA PONTE SOBRE O RIO GAMELEIRA.</t>
+  </si>
+  <si>
+    <t>1076</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1076/121_-_neguim_-_aguas_do_piaui.pdf</t>
+  </si>
+  <si>
+    <t>QUE TOME AS DEVIDAS PROVIDÊNCIAS DE MANEIRA URGENTE QUANTO AOS INÚMEROS PONTOS DE VAZAMENTOS DA TUBULAÇÃO DE ABASTECIMENTO DE ÁGUA EM NOSSA CIDADE.</t>
+  </si>
+  <si>
+    <t>1077</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1077/122_-_leite_-_denominacao_ubs_residencial.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A DENOMINAÇÃO DA UBS DO RESIDENCIAL FRANCISCA AZEVEDO DE “UBS FRANCISCO DE OLIVEIRA LOPES”.</t>
+  </si>
+  <si>
+    <t>1078</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1078/123_-_leite_-_denominacao_laboratorio_semusa.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A DENOMINAÇÃO DO LABORATÓRIO DA SEMUSA DE “LABORATÓRIO KÁTIA MARIA PEREIRA DA SILVA”.</t>
+  </si>
+  <si>
+    <t>1079</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1079/124_-_alessandra_-_quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DO SETOR COMPETENTE, PROVIDENCIE A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (QUEBRA-MOLAS/LOMBADA) NA RUA PEDRO LUIZ DE MORAIS, BAIRRO TAMBORIL.</t>
+  </si>
+  <si>
+    <t>1080</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1080/125_-_ernesto_-_manutencao_do_playground.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A MANUTENÇÃO DO PLAYGROUND DO COMPLEXO PROFESSOR GENIVAL SOUSA.</t>
+  </si>
+  <si>
+    <t>1081</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1081/126_-_ernesto_-_estrada_vicinal_canto_dos_bois_-_manilhas.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE INFRAESTRUTURA PROVIDENCIE O REPARO DA ESTRADA VICINAL DA LOCALIDADE CANTO DOS BOIS, COM A COLOCAÇÃO DE MANILHAS.</t>
+  </si>
+  <si>
+    <t>1082</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1082/127_-_neguim_-_rua_poty.pdf</t>
+  </si>
+  <si>
+    <t>QUE TOME AS DEVIDAS PROVIDÊNCIAS POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE INFRAESTRUTURA A PAVIMENTAÇÃO POLIÉDRICA DA RUA POTY, NO BAIRRO SANTA INÊS.</t>
+  </si>
+  <si>
+    <t>1085</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A IMPLANTAÇÃO DE PONTOS DE ALIMENTAÇÃO NA PRAÇA DO BAIRRO PIAÇAVA</t>
+  </si>
+  <si>
+    <t>1086</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1086/129_-_leite_-_redutor_de_velocidade_-_rua_mato_grosso.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE DO TIPO LOMBADA NA RUA MATO GROSSO, NO BAIRRO CIDADE NOVA ENTRE AS RUAS MARIA DA CONCEIÇÃO E FRANCISCO DE CARVALHO MELO</t>
+  </si>
+  <si>
+    <t>1087</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1087/130_-_moreira_-_casa_de_forno_-_mutum.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE A CONSTRUÇÃO DE UMA CASA DE FORNO NA LOCALIDADE MUTUM, ZONA RURAL DESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>1088</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1088/131_-_moreira_-_reparo_no_abastecimento_dagua_lagoa_dantas.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE REPARO NO ABASTECIMENTO D'ÁGUA LAGOA DANTAS, ZONA RURAL DESTE MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>1089</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1089/132_-_moreira_-_reparo_iluminacao_e_equipamentos.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE PROVIDENCIE O REPARO NA ILUMINAÇÃO DA PRAÇA DO BAIRRO PARQUE VAQUEJADOR.</t>
+  </si>
+  <si>
+    <t>1091</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1091/133-2025_-_escola_do_saber_atipico.pdf</t>
+  </si>
+  <si>
+    <t>A VEREADORA Alessandra Nascimento Santos Lopes, na qualidade de representante popular no Poder Legislativo de Demerval Lobão, Estado do Piauí, no uso das suas atribuições legais, propõe o seguinte Projeto de Lei ao Executivo Municipal: “Institui, no âmbito do Município de Demerval Lobão, a Escola do Saber Atípico, destinada ao acolhimento, promoção da saúde mental, formação e apoio continuado a mães, pais e cuidadores de pessoas atípicas, e dá outras providências.”</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Vetos</t>
   </si>
   <si>
     <t>https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1045/veto_001_-_projeto_de_lei_037-2025.pdf</t>
   </si>
   <si>
     <t>Veto integral ao Projeto de Lei nº 037/2025, que “Dispõe sobre a instalação de comedouros e bebedouros públicos para animais (cães e gatos) em situação de rua no município de Demerval Lobão – PI, e dá outras providências”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2480,67 +2672,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/898/pl_001-2025_-_dia_do_corredor_de_rua.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/899/pl_002-2025_-_programa_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/900/pl_003-2025_-_denominacao_da_arena.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/901/pl_004-2025_-_estatuto_municipal_da_pessoa_com_t.e.a..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/902/pl_005-2025_-_proibe_a_emissao_de_ruidos_em_escapamentos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/903/pl_006-2025_-_piso_do_magisteriio_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/919/pl_007-2025_-_cria_vagas_programa_juventude_capacitada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/923/pl_008-2025_-_cria_cargos_de_auxiliar_educacional.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/924/pl_009-2025_-_aumento_de_salario_dos_servidores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/925/pl_010-2025_-_aumento_do_vencimento_de_medicos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/926/pl_011-2025_-_atribui_nome_aos_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/949/pl_012-2025_-_area_de_protecao_e_seguranca_escolar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/960/pl_013-2025_-_programa_de_apoio_a_pessoas_com_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/962/pl_014-2025_-_altera_a_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/961/pl_015-2025_-_atribui_nome_aos_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/963/pl_016-2025_-_previdencia_propria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/977/pl_017-2025_-_prevencao_tratamento_e_reinsercao_social_de_dependentes_quimicos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/983/pl_019-2025_-_revoga_a_lei_municipal_do_reurb.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/984/pl_020-2025_-__ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/986/pl_021-2025_-_vagas_para_pcd.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/987/pl_022-2025_-_institui_medidas_de_apoio_ao_empreendedor_individual.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/988/pl_023-2025_-_institui_o_dia_do_orgulho_lgbtqia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/989/pl_024-2025_-_alimentacao_professores.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/999/pl_025-2025_-__lei_de_acesso_a_informacoes_publicas_no_ambito_do_municipio_de_demerval__lobao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1009/pl_026-2025_-_tratamento_e_o_acolhimento_e_manejo_da_ansiedade_em_criancas_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1007/pl_027-2025_-_dia_do_agricultor.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1008/pl_028-2025_-_tecnicos_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1010/pl_029-2025_-_denomina_praca_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1011/pl_030-2025_-_obriga_as_empresa_concessionarias_de_energia_eletrica_e_agua.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1021/pl_031-2025_-_aquisicao_imovel_quadra_tia_margarida_-_demerval_lobao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1022/pl_032-2025_-_reajuste_dos_vencimentos_aos_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1026/pl_034-2025_-_auxilio-aluguel_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1027/pl_035-2025_-_altera_lei_municipal_732_de_23.08.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1029/pl_037-2025_-_comedouros_e_bebedouros.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1030/pl_038-2025_-_denomina_residencial_washington_marques_leandro.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1033/pl_039-2025_-_utilidade_publica_-_ijmendes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1034/pl_040-2025_-_alteracao_das_leis_n_701.2023_e_n_736.2024_de_demerval_lobao-pi.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1042/pl_041-2025_-_lei_alice_brasil_-_prevencao_de_acidentes_nas_escolas_de_demerval_lobao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1043/pl_042-2025_-_implantacao_do_projeto_samuzinho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1044/pl_043-2025_-_autoriza_a_concessao_de_decimo_terceiro_salario_aos_servidores_comissionados_contratados_temporarios.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1046/pl_044-2025_-_alteracao_da_lei_no_365-2003__controladoria_geral__demerval_lobao.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1053/pl_045-2025_-_utilidade_publica_-_sintraf-piaui.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1054/pl_046-2025_-_festejos_como_patrimonio_imaterial.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1055/pl_047-2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_ao_caixa_economica_federal.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1056/pl_048-2025_-_dispoe_sobre_distanciamento_minimo_e_diretrizes_ambientais_para_atividades_industriais_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1057/pl_049-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1062/pl_050-2025_-_dia_municipal_do_rock.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1067/pl_051-2025_-_retificadora_lei_769_2025_demerval_lobao_pi.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1068/pl_052_-_politica_municipal_de_seguranca_publica_e_defesa_social.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1069/pl_053_-_institui_o_plano_municipal_de_seguranca_publica_de_demerval_lobao-pi.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_054_-_criacao_do_conselho_municipal_de_seguranca_publica_e_defesa_social__comsep_e_do_fundo_municipal_de_seguranca_publica_-_fumseg_revisado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/920/pdl_001_2025_-_convenio_bb.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1020/pdl_002_2025_-_autorizacao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/904/pr_-_002-25_-_altracao_no_regimento.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/966/pr_-_003-25_-_equipamento_tablet_disponibilizados.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/991/pr_-_004-25_-_regulamenta_a_lai_-_lei_12.527_de_2011.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/996/pr_-_005-25_-_regulamenta_as_diarias_camara.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1006/pr_-_006-25_-_cria_a_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/928/r001_-_brenda_-_informacoes_-_cosip.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/964/r002_-_neguim_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/965/r003_-_ernesto_-_audiencia_publica_equatorial_e_aguas_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/994/r004_-_voto_de_repudio_-_agespisa_e_aguas_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/888/001_-_mirian_-_paradas_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/889/002_-_mirian_-_assentos_nas_arquibancadas.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/890/003_-_leite_-_estrada_do_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/891/004_-_leite_-_revitalizacao_dos_bancos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/892/005_-_mycael_-_estrada_do_bacuri.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/893/006_-_cinesio_-_estrada_da_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/894/007_-_ernesto_-_estrada_vicinal_canto_dos_bois.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/895/008_-_ernesto_-_estrada_vicinal_da_cabeca_da_onca.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/896/009_-_ernesto_-_rua_da_gloria_-_buraco.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/897/010_-_moreira_-_paradas_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/905/011_-_moreira_-_calcamento_rua_da_estrela.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/906/012_-_moreira_-_sarjetas_maria_da_conceicao_e_inacio_gomes.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/907/013_-_moreira_-_avenida_fco_luis_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/908/014_-_mirian_-_calcamento_rua_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/909/015_-_mirian_-_lombada_na_rua_da_estrela_ii.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/910/016_-_mirian_-_calcamento_da_avenida_manoel_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/911/017_-_alessandra_-_transformador.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/912/018_-_alessandra_-_banheiros_adaptados.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/913/019_-_alessandra_-_terminal_de_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/914/020_-_neguim_-_sarjetas_francisco_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/915/021_-_neguim_-_reparo_na_rua_raimundo_vieira.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/916/022_-_neguim_-_reparo_na_rua_feliciano_cardoso.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/917/023_-_cinesio_-_ponto_de_apoio_a_saude_da_familia.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/918/024_-_cinesio_-_reformulacao_do_codigo_de_posturas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/921/025_-_moreira_-_calcamento_-_rua_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/922/026_-_moreira_-_centro_de_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/927/027_-_moreira_-_sarjeta_-_av._francisco_de_castro.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/929/028_-_alessandra_-_limpeza_galeria.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/930/029_-_alessandra_-_transformador_espraiado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/931/030_-_brenda_-_asfalto_rua_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/932/031_-_brenda_-_asfalto_rua_7_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/933/032_-_brenda_-_asfalto_frei_conrado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/934/033_-_cinesio_-_calcamento_ruas_do_galo_e_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/935/034_-_mavilson_-_ponte_estrada_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/936/035_-_neguim_-_lombadas_rua_da_gloria.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/937/036_-_neguim_-_lombadas_rua_da_jose_ribeiro_e_givaldo_de_moraes.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/938/037_-_neguim_-_reparo_e_sarjeta_rua_do_norte_com_barrocao.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/940/038_-_ernesto_-_nutricionista_naeddel.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/941/039_-_mirian_-_complementacao_da_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/943/040_-_cinesio_-_calcamento_feliciano_-_cidade_nova.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/944/041_-_mycael_-_banheiros_no_galpao.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/945/042_-_moreira_-_rua_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/946/043_-_mirian_-_praca_na_avenida_francisco_luis_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/947/044_-_moreira_-_rua_luis_lopes_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/948/045_-_moreira_-_rua_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/950/046_-_moreira_-_rua_sao_paulo_2.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/951/047_-_moreira_-_rua_jose_honorio.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/952/048_-_alessandra_-_formacao_dupla_gestora_com_a_guarda.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/953/049_-_cinesio_-_calcamento_rua_joao_jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/954/050_-_neguim_-_calcamento_-_rua_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/955/051_-_cinesio_-_calcamento_ruas_piacava_2.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/956/052_-_cinesio_-_capela_cemiterios_-_anjinhos_e_do_olho_dagua.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/957/053_-_ernesto_-_calcamento_libanio_alves.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/958/054_-_ernesto_-_calcamento_ruas_bartolomeu_soares_e_raimundo_soares.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/959/055_-_ernesto_-_calcamento_rua_petronilia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/967/056_-_ernesto_-_limpeza_dos_bairros.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/968/057_-_mirian_-_limpeza_cemiterio_portal_dos_bacuris.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/969/058_-_mirian_-_limpeza_ruas_do_portal_do_bacuri.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/970/059_-_leite_-_reparo_na_estarada_que_liga_demerval_lobao_a_nazaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/971/060_-_alessandra_-_smas_-_seid.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/972/061_-_alessandra_-_calcamento_joao_jose.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/973/062_-_mirian_-_calcamento_rua_do_norte.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/974/063_-_neguim_-_calcamento_-_rua_03_de_maio_-_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/975/064_-_neguim_-_calcamento_-_rua_santo_antonio_-_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/976/065_-_neguim_-_limpeza_-_rua_aureliano_azevedo.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/978/066_-_brenda_-_canaleta_da_av._francisco_de_castro.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/979/067_-_leite_-_passagem_molhada_-_brejo.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/980/068_-_ernesto_-_creche_-_residencial.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/981/069_-_leite_-_praca_e_academia_-_taboca.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/990/070_-_alessandra_-_limpeza_rua_sao_jose_-_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/992/071_-_moreira_-_pavimentacao_pe._mario_rocchi.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/993/072_-_moreira_-_pavimentacao_rua_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/995/073_-_moreira_-_pavimentacao_demostenes_de_moraes_-_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/997/074_-_cinesio_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/998/075_-_neguim_-_limpeza_da_praca_luis_jeremias.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1000/076_-_mavilson_-_calcamento_travessa_maranata.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1001/077_-_leite_-_viatura_para_a_guarda.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1002/078_-_neguim_-_bebedouros_nas_pracas_esportivas.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1003/079_-_moreira_-_pavimentacao_rua_nova_-_santa_ines.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1004/080_-_moreira_-_reparo_das_quadras_de_volei.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1005/081_-_mirian_-_ponte_03_de_maio.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1012/082_-_alessandra_-_calcamento_da_rua_manoel_salvador_-_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1013/083_-_neguim_-_roco_do_ginasio_esportivo_seu_ne.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1014/084_-_neguim_-_calcamento_-_rua_major_nelson_amorim_cardoso.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1015/085_-_moreira_-_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1016/086_-_leite_-_wifi_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1017/087_-_mirian_-_abertura_de_estrada_vicinal_postinho_de_saude_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1018/088_-_leite_-_afixacao_de_telefones_uteis.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1019/089_-_moreira_-_calcamento_margens_br_316.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1023/090_-_moreira_-_calcamento_rua_hungria.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1024/091_-_moreira_-_calcamento_rua_santo_andre_-_mutirao.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1025/092_-_moreira_-_reparo_sarjeta_rua_mato_grosso_com_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1031/093_-_neguim_-_iluminacao_demostenes_de_morais.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1032/094_-_cinesio_-_transporte_consulta_eletivas.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1035/095_-_alessandra_-_micro-ondas_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1036/096_-_alessandra_-_subestacao_para_a_escola_francisco_luis_de_melo.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1037/097_-_leite_-_kit_de_primeiros_socorros_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1038/098_-_leite_-_capacitacao_de_funcionarios_das_escolas.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1039/099_-_moreira_-_coletor_de_lixo_no_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1040/100_-_moreira_-_caixa_dagua_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1041/101_-_moreira_-_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1047/102_-_neguim_-_praca_no_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1048/103_-_cinesio_-_campo_society.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1049/104_-_cinesio_-_travessa_sergio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1050/105_-_cinesio_-_auditorio_-_ubs.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1051/106_-_leite_-_abafadores_auriculares_.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1052/107_-_leite_-_carne_de_tilapia_no_cardapio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1058/108_-_leite_-_cultura_na_praca.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1060/110_-_mycael_-_paradas_de_onibus_-_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1061/111_-_alessandra_-_asfaltar_rua_antonio_carvalho_de_lima.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1063/112_-_cinesio_-_rua_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1064/113_-_neguim_-_calcamento_-_rua_projetada_-mutirao.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1065/114_-_brenda_-_manutencao_da_estrutura_da_praca_parq._vaquej.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1066/115_-_cinesio_-_rua_sao_luis_-_piacava_2.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1071/116-2025_-_lei_de_maus_tratos_com_animais.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1072/117_-_leite_-_ruas.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1073/118_-_francide_-_asfalto_rua_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1074/119_-_cinesio_-_asfalto_-_francisco_de_castro.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1045/veto_001_-_projeto_de_lei_037-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/898/pl_001-2025_-_dia_do_corredor_de_rua.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/899/pl_002-2025_-_programa_remedio_em_casa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/900/pl_003-2025_-_denominacao_da_arena.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/901/pl_004-2025_-_estatuto_municipal_da_pessoa_com_t.e.a..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/902/pl_005-2025_-_proibe_a_emissao_de_ruidos_em_escapamentos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/903/pl_006-2025_-_piso_do_magisteriio_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/919/pl_007-2025_-_cria_vagas_programa_juventude_capacitada.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/923/pl_008-2025_-_cria_cargos_de_auxiliar_educacional.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/924/pl_009-2025_-_aumento_de_salario_dos_servidores_da_educacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/925/pl_010-2025_-_aumento_do_vencimento_de_medicos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/926/pl_011-2025_-_atribui_nome_aos_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/949/pl_012-2025_-_area_de_protecao_e_seguranca_escolar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/960/pl_013-2025_-_programa_de_apoio_a_pessoas_com_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/962/pl_014-2025_-_altera_a_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/961/pl_015-2025_-_atribui_nome_aos_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/963/pl_016-2025_-_previdencia_propria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/977/pl_017-2025_-_prevencao_tratamento_e_reinsercao_social_de_dependentes_quimicos.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/983/pl_019-2025_-_revoga_a_lei_municipal_do_reurb.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/984/pl_020-2025_-__ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/986/pl_021-2025_-_vagas_para_pcd.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/987/pl_022-2025_-_institui_medidas_de_apoio_ao_empreendedor_individual.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/988/pl_023-2025_-_institui_o_dia_do_orgulho_lgbtqia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/989/pl_024-2025_-_alimentacao_professores.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/999/pl_025-2025_-__lei_de_acesso_a_informacoes_publicas_no_ambito_do_municipio_de_demerval__lobao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1009/pl_026-2025_-_tratamento_e_o_acolhimento_e_manejo_da_ansiedade_em_criancas_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1007/pl_027-2025_-_dia_do_agricultor.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1008/pl_028-2025_-_tecnicos_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1010/pl_029-2025_-_denomina_praca_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1011/pl_030-2025_-_obriga_as_empresa_concessionarias_de_energia_eletrica_e_agua.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1021/pl_031-2025_-_aquisicao_imovel_quadra_tia_margarida_-_demerval_lobao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1022/pl_032-2025_-_reajuste_dos_vencimentos_aos_profissionais_da_saude.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1026/pl_034-2025_-_auxilio-aluguel_para_mulheres_vitimas_de_violencia_domestica.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1027/pl_035-2025_-_altera_lei_municipal_732_de_23.08.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1029/pl_037-2025_-_comedouros_e_bebedouros.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1030/pl_038-2025_-_denomina_residencial_washington_marques_leandro.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1033/pl_039-2025_-_utilidade_publica_-_ijmendes.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1034/pl_040-2025_-_alteracao_das_leis_n_701.2023_e_n_736.2024_de_demerval_lobao-pi.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1042/pl_041-2025_-_lei_alice_brasil_-_prevencao_de_acidentes_nas_escolas_de_demerval_lobao.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1043/pl_042-2025_-_implantacao_do_projeto_samuzinho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1044/pl_043-2025_-_autoriza_a_concessao_de_decimo_terceiro_salario_aos_servidores_comissionados_contratados_temporarios.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1046/pl_044-2025_-_alteracao_da_lei_no_365-2003__controladoria_geral__demerval_lobao.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1053/pl_045-2025_-_utilidade_publica_-_sintraf-piaui.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1054/pl_046-2025_-_festejos_como_patrimonio_imaterial.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1055/pl_047-2025_-_autoriza_o_poder_executivo_a_contratar_operacao_de_credito_com_ao_caixa_economica_federal.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1056/pl_048-2025_-_dispoe_sobre_distanciamento_minimo_e_diretrizes_ambientais_para_atividades_industriais_no_municipio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1057/pl_049-2025_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1062/pl_050-2025_-_dia_municipal_do_rock.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1067/pl_051-2025_-_retificadora_lei_769_2025_demerval_lobao_pi.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1068/pl_052_-_politica_municipal_de_seguranca_publica_e_defesa_social.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1069/pl_053_-_institui_o_plano_municipal_de_seguranca_publica_de_demerval_lobao-pi.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1070/pl_054_-_criacao_do_conselho_municipal_de_seguranca_publica_e_defesa_social__comsep_e_do_fundo_municipal_de_seguranca_publica_-_fumseg_revisado_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1083/pl_055-2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1084/pl_056-2025_-_altera_as_metas_e_prioridades_estabelecidas_na_lei_770-25.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1092/pl_057-2025_-_abono_salarial_ace_e_acs.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/920/pdl_001_2025_-_convenio_bb.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1020/pdl_002_2025_-_autorizacao_prefeito.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/904/pr_-_002-25_-_altracao_no_regimento.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/966/pr_-_003-25_-_equipamento_tablet_disponibilizados.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/991/pr_-_004-25_-_regulamenta_a_lai_-_lei_12.527_de_2011.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/996/pr_-_005-25_-_regulamenta_as_diarias_camara.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1006/pr_-_006-25_-_cria_a_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/928/r001_-_brenda_-_informacoes_-_cosip.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/964/r002_-_neguim_-_audiencia_publica.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/965/r003_-_ernesto_-_audiencia_publica_equatorial_e_aguas_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/994/r004_-_voto_de_repudio_-_agespisa_e_aguas_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/888/001_-_mirian_-_paradas_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/889/002_-_mirian_-_assentos_nas_arquibancadas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/890/003_-_leite_-_estrada_do_cajueiro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/891/004_-_leite_-_revitalizacao_dos_bancos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/892/005_-_mycael_-_estrada_do_bacuri.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/893/006_-_cinesio_-_estrada_da_maria_julia.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/894/007_-_ernesto_-_estrada_vicinal_canto_dos_bois.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/895/008_-_ernesto_-_estrada_vicinal_da_cabeca_da_onca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/896/009_-_ernesto_-_rua_da_gloria_-_buraco.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/897/010_-_moreira_-_paradas_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/905/011_-_moreira_-_calcamento_rua_da_estrela.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/906/012_-_moreira_-_sarjetas_maria_da_conceicao_e_inacio_gomes.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/907/013_-_moreira_-_avenida_fco_luis_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/908/014_-_mirian_-_calcamento_rua_santo_antonio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/909/015_-_mirian_-_lombada_na_rua_da_estrela_ii.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/910/016_-_mirian_-_calcamento_da_avenida_manoel_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/911/017_-_alessandra_-_transformador.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/912/018_-_alessandra_-_banheiros_adaptados.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/913/019_-_alessandra_-_terminal_de_onibus_escolar.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/914/020_-_neguim_-_sarjetas_francisco_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/915/021_-_neguim_-_reparo_na_rua_raimundo_vieira.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/916/022_-_neguim_-_reparo_na_rua_feliciano_cardoso.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/917/023_-_cinesio_-_ponto_de_apoio_a_saude_da_familia.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/918/024_-_cinesio_-_reformulacao_do_codigo_de_posturas_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/921/025_-_moreira_-_calcamento_-_rua_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/922/026_-_moreira_-_centro_de_zoonoses.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/927/027_-_moreira_-_sarjeta_-_av._francisco_de_castro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/929/028_-_alessandra_-_limpeza_galeria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/930/029_-_alessandra_-_transformador_espraiado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/931/030_-_brenda_-_asfalto_rua_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/932/031_-_brenda_-_asfalto_rua_7_de_setembro.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/933/032_-_brenda_-_asfalto_frei_conrado.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/934/033_-_cinesio_-_calcamento_ruas_do_galo_e_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/935/034_-_mavilson_-_ponte_estrada_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/936/035_-_neguim_-_lombadas_rua_da_gloria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/937/036_-_neguim_-_lombadas_rua_da_jose_ribeiro_e_givaldo_de_moraes.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/938/037_-_neguim_-_reparo_e_sarjeta_rua_do_norte_com_barrocao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/940/038_-_ernesto_-_nutricionista_naeddel.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/941/039_-_mirian_-_complementacao_da_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/943/040_-_cinesio_-_calcamento_feliciano_-_cidade_nova.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/944/041_-_mycael_-_banheiros_no_galpao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/945/042_-_moreira_-_rua_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/946/043_-_mirian_-_praca_na_avenida_francisco_luis_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/947/044_-_moreira_-_rua_luis_lopes_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/948/045_-_moreira_-_rua_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/950/046_-_moreira_-_rua_sao_paulo_2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/951/047_-_moreira_-_rua_jose_honorio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/952/048_-_alessandra_-_formacao_dupla_gestora_com_a_guarda.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/953/049_-_cinesio_-_calcamento_rua_joao_jose_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/954/050_-_neguim_-_calcamento_-_rua_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/955/051_-_cinesio_-_calcamento_ruas_piacava_2.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/956/052_-_cinesio_-_capela_cemiterios_-_anjinhos_e_do_olho_dagua.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/957/053_-_ernesto_-_calcamento_libanio_alves.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/958/054_-_ernesto_-_calcamento_ruas_bartolomeu_soares_e_raimundo_soares.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/959/055_-_ernesto_-_calcamento_rua_petronilia.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/967/056_-_ernesto_-_limpeza_dos_bairros.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/968/057_-_mirian_-_limpeza_cemiterio_portal_dos_bacuris.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/969/058_-_mirian_-_limpeza_ruas_do_portal_do_bacuri.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/970/059_-_leite_-_reparo_na_estarada_que_liga_demerval_lobao_a_nazaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/971/060_-_alessandra_-_smas_-_seid.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/972/061_-_alessandra_-_calcamento_joao_jose.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/973/062_-_mirian_-_calcamento_rua_do_norte.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/974/063_-_neguim_-_calcamento_-_rua_03_de_maio_-_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/975/064_-_neguim_-_calcamento_-_rua_santo_antonio_-_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/976/065_-_neguim_-_limpeza_-_rua_aureliano_azevedo.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/978/066_-_brenda_-_canaleta_da_av._francisco_de_castro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/979/067_-_leite_-_passagem_molhada_-_brejo.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/980/068_-_ernesto_-_creche_-_residencial.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/981/069_-_leite_-_praca_e_academia_-_taboca.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/990/070_-_alessandra_-_limpeza_rua_sao_jose_-_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/992/071_-_moreira_-_pavimentacao_pe._mario_rocchi.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/993/072_-_moreira_-_pavimentacao_rua_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/995/073_-_moreira_-_pavimentacao_demostenes_de_moraes_-_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/997/074_-_cinesio_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/998/075_-_neguim_-_limpeza_da_praca_luis_jeremias.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1000/076_-_mavilson_-_calcamento_travessa_maranata.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1001/077_-_leite_-_viatura_para_a_guarda.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1002/078_-_neguim_-_bebedouros_nas_pracas_esportivas.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1003/079_-_moreira_-_pavimentacao_rua_nova_-_santa_ines.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1004/080_-_moreira_-_reparo_das_quadras_de_volei.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1005/081_-_mirian_-_ponte_03_de_maio.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1012/082_-_alessandra_-_calcamento_da_rua_manoel_salvador_-_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1013/083_-_neguim_-_roco_do_ginasio_esportivo_seu_ne.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1014/084_-_neguim_-_calcamento_-_rua_major_nelson_amorim_cardoso.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1015/085_-_moreira_-_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1016/086_-_leite_-_wifi_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1017/087_-_mirian_-_abertura_de_estrada_vicinal_postinho_de_saude_cachoeira.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1018/088_-_leite_-_afixacao_de_telefones_uteis.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1019/089_-_moreira_-_calcamento_margens_br_316.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1023/090_-_moreira_-_calcamento_rua_hungria.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1024/091_-_moreira_-_calcamento_rua_santo_andre_-_mutirao.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1025/092_-_moreira_-_reparo_sarjeta_rua_mato_grosso_com_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1031/093_-_neguim_-_iluminacao_demostenes_de_morais.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1032/094_-_cinesio_-_transporte_consulta_eletivas.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1035/095_-_alessandra_-_micro-ondas_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1036/096_-_alessandra_-_subestacao_para_a_escola_francisco_luis_de_melo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1037/097_-_leite_-_kit_de_primeiros_socorros_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1038/098_-_leite_-_capacitacao_de_funcionarios_das_escolas.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1039/099_-_moreira_-_coletor_de_lixo_no_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1040/100_-_moreira_-_caixa_dagua_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1041/101_-_moreira_-_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1047/102_-_neguim_-_praca_no_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1048/103_-_cinesio_-_campo_society.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1049/104_-_cinesio_-_travessa_sergio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1050/105_-_cinesio_-_auditorio_-_ubs.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1051/106_-_leite_-_abafadores_auriculares_.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1052/107_-_leite_-_carne_de_tilapia_no_cardapio.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1058/108_-_leite_-_cultura_na_praca.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1060/110_-_mycael_-_paradas_de_onibus_-_santa_cruz.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1061/111_-_alessandra_-_asfaltar_rua_antonio_carvalho_de_lima.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1063/112_-_cinesio_-_rua_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1064/113_-_neguim_-_calcamento_-_rua_projetada_-mutirao.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1065/114_-_brenda_-_manutencao_da_estrutura_da_praca_parq._vaquej.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1066/115_-_cinesio_-_rua_sao_luis_-_piacava_2.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1071/116-2025_-_lei_de_maus_tratos_com_animais.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1072/117_-_leite_-_ruas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1073/118_-_francide_-_asfalto_rua_sao_domingos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1074/119_-_cinesio_-_asfalto_-_francisco_de_castro.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1075/120_-_mirian_-_asfato_da_extrema_ate_a_ponte_da_gameleira.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1076/121_-_neguim_-_aguas_do_piaui.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1077/122_-_leite_-_denominacao_ubs_residencial.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1078/123_-_leite_-_denominacao_laboratorio_semusa.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1079/124_-_alessandra_-_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1080/125_-_ernesto_-_manutencao_do_playground.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1081/126_-_ernesto_-_estrada_vicinal_canto_dos_bois_-_manilhas.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1082/127_-_neguim_-_rua_poty.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1086/129_-_leite_-_redutor_de_velocidade_-_rua_mato_grosso.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1087/130_-_moreira_-_casa_de_forno_-_mutum.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1088/131_-_moreira_-_reparo_no_abastecimento_dagua_lagoa_dantas.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1089/132_-_moreira_-_reparo_iluminacao_e_equipamentos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1091/133-2025_-_escola_do_saber_atipico.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.demervallobao.pi.leg.br/media/sapl/public/materialegislativa/2025/1045/veto_001_-_projeto_de_lei_037-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H184"/>
+  <dimension ref="A1:H201"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="25.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="222.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="224.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3886,3443 +4078,3885 @@
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
         <v>35</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H53" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>229</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>10</v>
+        <v>230</v>
       </c>
       <c r="D54" t="s">
-        <v>230</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>35</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="F54" t="s">
+      <c r="H54" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>233</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>234</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>35</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>235</v>
       </c>
-      <c r="B55" t="s">
-[...11 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>237</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>238</v>
       </c>
-      <c r="B56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>35</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>239</v>
       </c>
-      <c r="E56" t="s">
+      <c r="H56" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>241</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>10</v>
+      </c>
+      <c r="D57" t="s">
+        <v>242</v>
+      </c>
+      <c r="E57" t="s">
+        <v>243</v>
+      </c>
+      <c r="F57" t="s">
         <v>244</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>245</v>
       </c>
       <c r="H57" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>247</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D58" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="E58" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>243</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>248</v>
       </c>
       <c r="H58" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>250</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D59" t="s">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="E59" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>253</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="H59" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D60" t="s">
-        <v>239</v>
+        <v>251</v>
       </c>
       <c r="E60" t="s">
-        <v>240</v>
+        <v>252</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="H60" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D61" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="E61" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="F61" t="s">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H61" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="D62" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="E62" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="F62" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H62" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="D63" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="E63" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="F63" t="s">
-        <v>69</v>
+        <v>13</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H63" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D64" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="E64" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="H64" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>273</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" t="s">
+        <v>269</v>
+      </c>
+      <c r="E65" t="s">
         <v>270</v>
       </c>
-      <c r="B65" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F65" t="s">
-        <v>190</v>
+        <v>60</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H65" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D66" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="E66" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F66" t="s">
-        <v>190</v>
+        <v>69</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H66" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D67" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="E67" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H67" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E68" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>190</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="H68" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D69" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E69" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F69" t="s">
-        <v>120</v>
+        <v>190</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="H69" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="D70" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E70" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F70" t="s">
-        <v>288</v>
+        <v>13</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="H70" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="D71" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E71" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F71" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H71" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="D72" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E72" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F72" t="s">
-        <v>26</v>
+        <v>120</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="H72" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="D73" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E73" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F73" t="s">
-        <v>26</v>
+        <v>300</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="H73" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="D74" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E74" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F74" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="H74" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="D75" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E75" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F75" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="H75" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="D76" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E76" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F76" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="H76" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="D77" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E77" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F77" t="s">
         <v>82</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="H77" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="D78" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E78" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F78" t="s">
-        <v>190</v>
+        <v>82</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="H78" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="D79" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E79" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F79" t="s">
-        <v>190</v>
+        <v>82</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="H79" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="D80" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E80" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F80" t="s">
-        <v>190</v>
+        <v>82</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="H80" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="D81" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E81" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F81" t="s">
-        <v>145</v>
+        <v>190</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="H81" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>325</v>
+        <v>73</v>
       </c>
       <c r="D82" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E82" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F82" t="s">
-        <v>145</v>
+        <v>190</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="H82" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="D83" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E83" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F83" t="s">
-        <v>145</v>
+        <v>190</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H83" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="D84" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E84" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F84" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="H84" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>94</v>
+        <v>337</v>
       </c>
       <c r="D85" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E85" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F85" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="H85" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D86" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E86" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F86" t="s">
-        <v>60</v>
+        <v>145</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="H86" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="D87" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E87" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F87" t="s">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="H87" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="D88" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E88" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F88" t="s">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="H88" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="D89" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E89" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F89" t="s">
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="H89" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="D90" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E90" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F90" t="s">
-        <v>82</v>
+        <v>300</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="H90" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="D91" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E91" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F91" t="s">
-        <v>82</v>
+        <v>300</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H91" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="D92" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E92" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F92" t="s">
-        <v>145</v>
+        <v>82</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="H92" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="D93" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E93" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F93" t="s">
-        <v>145</v>
+        <v>82</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="H93" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>132</v>
+        <v>119</v>
       </c>
       <c r="D94" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E94" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F94" t="s">
-        <v>103</v>
+        <v>82</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="H94" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="D95" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E95" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F95" t="s">
-        <v>103</v>
+        <v>145</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="H95" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="D96" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E96" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F96" t="s">
-        <v>103</v>
+        <v>145</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="H96" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>371</v>
+        <v>132</v>
       </c>
       <c r="D97" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E97" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F97" t="s">
-        <v>288</v>
+        <v>103</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="H97" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="D98" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E98" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F98" t="s">
-        <v>375</v>
+        <v>103</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H98" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="D99" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E99" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F99" t="s">
-        <v>60</v>
+        <v>103</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H99" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>153</v>
+        <v>383</v>
       </c>
       <c r="D100" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E100" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F100" t="s">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="H100" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>157</v>
+        <v>144</v>
       </c>
       <c r="D101" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E101" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F101" t="s">
-        <v>60</v>
+        <v>387</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="H101" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="D102" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E102" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F102" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="H102" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="D103" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E103" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F103" t="s">
-        <v>190</v>
+        <v>60</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="H103" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="D104" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E104" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F104" t="s">
-        <v>288</v>
+        <v>60</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="H104" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D105" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E105" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F105" t="s">
-        <v>120</v>
+        <v>26</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="H105" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>177</v>
+        <v>165</v>
       </c>
       <c r="D106" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E106" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F106" t="s">
-        <v>82</v>
+        <v>190</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="H106" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="D107" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E107" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F107" t="s">
-        <v>190</v>
+        <v>300</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="H107" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>185</v>
+        <v>173</v>
       </c>
       <c r="D108" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E108" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F108" t="s">
-        <v>82</v>
+        <v>120</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="H108" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>189</v>
+        <v>177</v>
       </c>
       <c r="D109" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E109" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F109" t="s">
         <v>82</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="H109" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="D110" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E110" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F110" t="s">
-        <v>82</v>
+        <v>190</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="H110" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="D111" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E111" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F111" t="s">
         <v>82</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="H111" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>202</v>
+        <v>189</v>
       </c>
       <c r="D112" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E112" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F112" t="s">
-        <v>145</v>
+        <v>82</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="H112" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="D113" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E113" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F113" t="s">
-        <v>288</v>
+        <v>82</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="H113" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="D114" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E114" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F114" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="H114" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="D115" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E115" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F115" t="s">
-        <v>288</v>
+        <v>145</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="H115" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="D116" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E116" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F116" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="H116" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="D117" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E117" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F117" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="H117" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>226</v>
+        <v>214</v>
       </c>
       <c r="D118" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E118" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F118" t="s">
-        <v>26</v>
+        <v>300</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="H118" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>439</v>
+        <v>218</v>
       </c>
       <c r="D119" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E119" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F119" t="s">
-        <v>26</v>
+        <v>300</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H119" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>443</v>
+        <v>222</v>
       </c>
       <c r="D120" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E120" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F120" t="s">
         <v>26</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H120" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>447</v>
+        <v>226</v>
       </c>
       <c r="D121" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E121" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F121" t="s">
-        <v>190</v>
+        <v>26</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>448</v>
       </c>
       <c r="H121" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>450</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
+        <v>230</v>
+      </c>
+      <c r="D122" t="s">
+        <v>283</v>
+      </c>
+      <c r="E122" t="s">
+        <v>284</v>
+      </c>
+      <c r="F122" t="s">
+        <v>26</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="D122" t="s">
-[...8 lines deleted...]
-      <c r="G122" s="1" t="s">
+      <c r="H122" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>453</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>234</v>
+      </c>
+      <c r="D123" t="s">
+        <v>283</v>
+      </c>
+      <c r="E123" t="s">
+        <v>284</v>
+      </c>
+      <c r="F123" t="s">
+        <v>26</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B123" t="s">
-[...2 lines deleted...]
-      <c r="C123" t="s">
+      <c r="H123" t="s">
         <v>455</v>
-      </c>
-[...13 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>456</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>238</v>
+      </c>
+      <c r="D124" t="s">
+        <v>283</v>
+      </c>
+      <c r="E124" t="s">
+        <v>284</v>
+      </c>
+      <c r="F124" t="s">
+        <v>190</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H124" t="s">
         <v>458</v>
-      </c>
-[...19 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>459</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>460</v>
+      </c>
+      <c r="D125" t="s">
+        <v>283</v>
+      </c>
+      <c r="E125" t="s">
+        <v>284</v>
+      </c>
+      <c r="F125" t="s">
+        <v>190</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H125" t="s">
         <v>462</v>
-      </c>
-[...19 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>463</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>464</v>
+      </c>
+      <c r="D126" t="s">
+        <v>283</v>
+      </c>
+      <c r="E126" t="s">
+        <v>284</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="H126" t="s">
         <v>466</v>
-      </c>
-[...19 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>467</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>468</v>
+      </c>
+      <c r="D127" t="s">
+        <v>283</v>
+      </c>
+      <c r="E127" t="s">
+        <v>284</v>
+      </c>
+      <c r="F127" t="s">
+        <v>145</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H127" t="s">
         <v>470</v>
-      </c>
-[...19 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>471</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>472</v>
+      </c>
+      <c r="D128" t="s">
+        <v>283</v>
+      </c>
+      <c r="E128" t="s">
+        <v>284</v>
+      </c>
+      <c r="F128" t="s">
+        <v>145</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="H128" t="s">
         <v>474</v>
-      </c>
-[...19 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>475</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>476</v>
+      </c>
+      <c r="D129" t="s">
+        <v>283</v>
+      </c>
+      <c r="E129" t="s">
+        <v>284</v>
+      </c>
+      <c r="F129" t="s">
+        <v>190</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H129" t="s">
         <v>478</v>
-      </c>
-[...19 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>479</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>480</v>
+      </c>
+      <c r="D130" t="s">
+        <v>283</v>
+      </c>
+      <c r="E130" t="s">
+        <v>284</v>
+      </c>
+      <c r="F130" t="s">
+        <v>60</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H130" t="s">
         <v>482</v>
-      </c>
-[...19 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>483</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>484</v>
+      </c>
+      <c r="D131" t="s">
+        <v>283</v>
+      </c>
+      <c r="E131" t="s">
+        <v>284</v>
+      </c>
+      <c r="F131" t="s">
+        <v>60</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H131" t="s">
         <v>486</v>
-      </c>
-[...19 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>487</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>488</v>
+      </c>
+      <c r="D132" t="s">
+        <v>283</v>
+      </c>
+      <c r="E132" t="s">
+        <v>284</v>
+      </c>
+      <c r="F132" t="s">
+        <v>60</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H132" t="s">
         <v>490</v>
-      </c>
-[...19 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>491</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>492</v>
+      </c>
+      <c r="D133" t="s">
+        <v>283</v>
+      </c>
+      <c r="E133" t="s">
+        <v>284</v>
+      </c>
+      <c r="F133" t="s">
+        <v>103</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H133" t="s">
         <v>494</v>
-      </c>
-[...19 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>495</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>496</v>
+      </c>
+      <c r="D134" t="s">
+        <v>283</v>
+      </c>
+      <c r="E134" t="s">
+        <v>284</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H134" t="s">
         <v>498</v>
-      </c>
-[...19 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>499</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>500</v>
+      </c>
+      <c r="D135" t="s">
+        <v>283</v>
+      </c>
+      <c r="E135" t="s">
+        <v>284</v>
+      </c>
+      <c r="F135" t="s">
+        <v>26</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H135" t="s">
         <v>502</v>
-      </c>
-[...19 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>503</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>504</v>
+      </c>
+      <c r="D136" t="s">
+        <v>283</v>
+      </c>
+      <c r="E136" t="s">
+        <v>284</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H136" t="s">
         <v>506</v>
-      </c>
-[...19 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>507</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>508</v>
+      </c>
+      <c r="D137" t="s">
+        <v>283</v>
+      </c>
+      <c r="E137" t="s">
+        <v>284</v>
+      </c>
+      <c r="F137" t="s">
+        <v>145</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H137" t="s">
         <v>510</v>
-      </c>
-[...19 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>511</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>512</v>
+      </c>
+      <c r="D138" t="s">
+        <v>283</v>
+      </c>
+      <c r="E138" t="s">
+        <v>284</v>
+      </c>
+      <c r="F138" t="s">
+        <v>82</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H138" t="s">
         <v>514</v>
-      </c>
-[...19 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>515</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>516</v>
+      </c>
+      <c r="D139" t="s">
+        <v>283</v>
+      </c>
+      <c r="E139" t="s">
+        <v>284</v>
+      </c>
+      <c r="F139" t="s">
+        <v>82</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H139" t="s">
         <v>518</v>
-      </c>
-[...19 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>519</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>520</v>
+      </c>
+      <c r="D140" t="s">
+        <v>283</v>
+      </c>
+      <c r="E140" t="s">
+        <v>284</v>
+      </c>
+      <c r="F140" t="s">
+        <v>82</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H140" t="s">
         <v>522</v>
-      </c>
-[...19 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>523</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>524</v>
+      </c>
+      <c r="D141" t="s">
+        <v>283</v>
+      </c>
+      <c r="E141" t="s">
+        <v>284</v>
+      </c>
+      <c r="F141" t="s">
+        <v>300</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H141" t="s">
         <v>526</v>
-      </c>
-[...19 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="D142" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E142" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F142" t="s">
         <v>60</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="H142" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>531</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>532</v>
+      </c>
+      <c r="D143" t="s">
+        <v>283</v>
+      </c>
+      <c r="E143" t="s">
+        <v>284</v>
+      </c>
+      <c r="F143" t="s">
+        <v>387</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H143" t="s">
         <v>534</v>
-      </c>
-[...19 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>535</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>536</v>
+      </c>
+      <c r="D144" t="s">
+        <v>283</v>
+      </c>
+      <c r="E144" t="s">
+        <v>284</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H144" t="s">
         <v>538</v>
-      </c>
-[...19 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>539</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>540</v>
+      </c>
+      <c r="D145" t="s">
+        <v>283</v>
+      </c>
+      <c r="E145" t="s">
+        <v>284</v>
+      </c>
+      <c r="F145" t="s">
+        <v>60</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H145" t="s">
         <v>542</v>
-      </c>
-[...19 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>543</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>544</v>
+      </c>
+      <c r="D146" t="s">
+        <v>283</v>
+      </c>
+      <c r="E146" t="s">
+        <v>284</v>
+      </c>
+      <c r="F146" t="s">
+        <v>82</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H146" t="s">
         <v>546</v>
-      </c>
-[...19 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>547</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>548</v>
+      </c>
+      <c r="D147" t="s">
+        <v>283</v>
+      </c>
+      <c r="E147" t="s">
+        <v>284</v>
+      </c>
+      <c r="F147" t="s">
+        <v>82</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H147" t="s">
         <v>550</v>
-      </c>
-[...19 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>551</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>552</v>
+      </c>
+      <c r="D148" t="s">
+        <v>283</v>
+      </c>
+      <c r="E148" t="s">
+        <v>284</v>
+      </c>
+      <c r="F148" t="s">
+        <v>190</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H148" t="s">
         <v>554</v>
-      </c>
-[...19 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>555</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>556</v>
+      </c>
+      <c r="D149" t="s">
+        <v>283</v>
+      </c>
+      <c r="E149" t="s">
+        <v>284</v>
+      </c>
+      <c r="F149" t="s">
+        <v>145</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H149" t="s">
         <v>558</v>
-      </c>
-[...19 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>559</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>560</v>
+      </c>
+      <c r="D150" t="s">
+        <v>283</v>
+      </c>
+      <c r="E150" t="s">
+        <v>284</v>
+      </c>
+      <c r="F150" t="s">
+        <v>60</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H150" t="s">
         <v>562</v>
-      </c>
-[...19 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>563</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>564</v>
+      </c>
+      <c r="D151" t="s">
+        <v>283</v>
+      </c>
+      <c r="E151" t="s">
+        <v>284</v>
+      </c>
+      <c r="F151" t="s">
+        <v>60</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H151" t="s">
         <v>566</v>
-      </c>
-[...19 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>567</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>568</v>
+      </c>
+      <c r="D152" t="s">
+        <v>283</v>
+      </c>
+      <c r="E152" t="s">
+        <v>284</v>
+      </c>
+      <c r="F152" t="s">
+        <v>82</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H152" t="s">
         <v>570</v>
-      </c>
-[...19 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>571</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>572</v>
+      </c>
+      <c r="D153" t="s">
+        <v>283</v>
+      </c>
+      <c r="E153" t="s">
+        <v>284</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H153" t="s">
         <v>574</v>
-      </c>
-[...19 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>575</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>576</v>
+      </c>
+      <c r="D154" t="s">
+        <v>283</v>
+      </c>
+      <c r="E154" t="s">
+        <v>284</v>
+      </c>
+      <c r="F154" t="s">
+        <v>190</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H154" t="s">
         <v>578</v>
-      </c>
-[...19 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>579</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>580</v>
+      </c>
+      <c r="D155" t="s">
+        <v>283</v>
+      </c>
+      <c r="E155" t="s">
+        <v>284</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H155" t="s">
         <v>582</v>
-      </c>
-[...19 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="D156" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E156" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F156" t="s">
         <v>82</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="H156" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>587</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>588</v>
+      </c>
+      <c r="D157" t="s">
+        <v>283</v>
+      </c>
+      <c r="E157" t="s">
+        <v>284</v>
+      </c>
+      <c r="F157" t="s">
+        <v>82</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H157" t="s">
         <v>590</v>
-      </c>
-[...19 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>591</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>592</v>
+      </c>
+      <c r="D158" t="s">
+        <v>283</v>
+      </c>
+      <c r="E158" t="s">
+        <v>284</v>
+      </c>
+      <c r="F158" t="s">
+        <v>82</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H158" t="s">
         <v>594</v>
-      </c>
-[...19 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>595</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>596</v>
+      </c>
+      <c r="D159" t="s">
+        <v>283</v>
+      </c>
+      <c r="E159" t="s">
+        <v>284</v>
+      </c>
+      <c r="F159" t="s">
+        <v>82</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H159" t="s">
         <v>598</v>
-      </c>
-[...19 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>599</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>600</v>
+      </c>
+      <c r="D160" t="s">
+        <v>283</v>
+      </c>
+      <c r="E160" t="s">
+        <v>284</v>
+      </c>
+      <c r="F160" t="s">
+        <v>60</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H160" t="s">
         <v>602</v>
-      </c>
-[...19 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>603</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>604</v>
+      </c>
+      <c r="D161" t="s">
+        <v>283</v>
+      </c>
+      <c r="E161" t="s">
+        <v>284</v>
+      </c>
+      <c r="F161" t="s">
+        <v>300</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H161" t="s">
         <v>606</v>
-      </c>
-[...19 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>607</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>608</v>
+      </c>
+      <c r="D162" t="s">
+        <v>283</v>
+      </c>
+      <c r="E162" t="s">
+        <v>284</v>
+      </c>
+      <c r="F162" t="s">
+        <v>145</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H162" t="s">
         <v>610</v>
-      </c>
-[...19 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>611</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>612</v>
+      </c>
+      <c r="D163" t="s">
+        <v>283</v>
+      </c>
+      <c r="E163" t="s">
+        <v>284</v>
+      </c>
+      <c r="F163" t="s">
+        <v>145</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H163" t="s">
         <v>614</v>
-      </c>
-[...19 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>615</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>616</v>
+      </c>
+      <c r="D164" t="s">
+        <v>283</v>
+      </c>
+      <c r="E164" t="s">
+        <v>284</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H164" t="s">
         <v>618</v>
-      </c>
-[...19 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>619</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>620</v>
+      </c>
+      <c r="D165" t="s">
+        <v>283</v>
+      </c>
+      <c r="E165" t="s">
+        <v>284</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H165" t="s">
         <v>622</v>
-      </c>
-[...19 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>623</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>624</v>
+      </c>
+      <c r="D166" t="s">
+        <v>283</v>
+      </c>
+      <c r="E166" t="s">
+        <v>284</v>
+      </c>
+      <c r="F166" t="s">
+        <v>82</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H166" t="s">
         <v>626</v>
-      </c>
-[...19 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>627</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>628</v>
+      </c>
+      <c r="D167" t="s">
+        <v>283</v>
+      </c>
+      <c r="E167" t="s">
+        <v>284</v>
+      </c>
+      <c r="F167" t="s">
+        <v>82</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H167" t="s">
         <v>630</v>
-      </c>
-[...19 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>631</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>632</v>
+      </c>
+      <c r="D168" t="s">
+        <v>283</v>
+      </c>
+      <c r="E168" t="s">
+        <v>284</v>
+      </c>
+      <c r="F168" t="s">
+        <v>82</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H168" t="s">
         <v>634</v>
-      </c>
-[...19 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>635</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>636</v>
+      </c>
+      <c r="D169" t="s">
+        <v>283</v>
+      </c>
+      <c r="E169" t="s">
+        <v>284</v>
+      </c>
+      <c r="F169" t="s">
+        <v>60</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H169" t="s">
         <v>638</v>
-      </c>
-[...19 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>639</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>640</v>
+      </c>
+      <c r="D170" t="s">
+        <v>283</v>
+      </c>
+      <c r="E170" t="s">
+        <v>284</v>
+      </c>
+      <c r="F170" t="s">
+        <v>300</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H170" t="s">
         <v>642</v>
-      </c>
-[...19 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>643</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>644</v>
+      </c>
+      <c r="D171" t="s">
+        <v>283</v>
+      </c>
+      <c r="E171" t="s">
+        <v>284</v>
+      </c>
+      <c r="F171" t="s">
+        <v>300</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H171" t="s">
         <v>646</v>
-      </c>
-[...19 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>647</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>648</v>
+      </c>
+      <c r="D172" t="s">
+        <v>283</v>
+      </c>
+      <c r="E172" t="s">
+        <v>284</v>
+      </c>
+      <c r="F172" t="s">
+        <v>300</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H172" t="s">
         <v>650</v>
-      </c>
-[...19 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>651</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>652</v>
+      </c>
+      <c r="D173" t="s">
+        <v>283</v>
+      </c>
+      <c r="E173" t="s">
+        <v>284</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H173" t="s">
         <v>654</v>
-      </c>
-[...19 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>655</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>656</v>
+      </c>
+      <c r="D174" t="s">
+        <v>283</v>
+      </c>
+      <c r="E174" t="s">
+        <v>284</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="B174" t="s">
-[...2 lines deleted...]
-      <c r="C174" t="s">
+      <c r="H174" t="s">
         <v>658</v>
-      </c>
-[...13 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>659</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>660</v>
+      </c>
+      <c r="D175" t="s">
+        <v>283</v>
+      </c>
+      <c r="E175" t="s">
+        <v>284</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" s="1" t="s">
         <v>661</v>
       </c>
-      <c r="B175" t="s">
-[...2 lines deleted...]
-      <c r="C175" t="s">
+      <c r="H175" t="s">
         <v>662</v>
-      </c>
-[...13 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>663</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>664</v>
+      </c>
+      <c r="D176" t="s">
+        <v>283</v>
+      </c>
+      <c r="E176" t="s">
+        <v>284</v>
+      </c>
+      <c r="F176" t="s">
+        <v>120</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H176" t="s">
         <v>665</v>
-      </c>
-[...19 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>666</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>667</v>
+      </c>
+      <c r="D177" t="s">
+        <v>283</v>
+      </c>
+      <c r="E177" t="s">
+        <v>284</v>
+      </c>
+      <c r="F177" t="s">
+        <v>120</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="H177" t="s">
         <v>669</v>
-      </c>
-[...19 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>670</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>671</v>
+      </c>
+      <c r="D178" t="s">
+        <v>283</v>
+      </c>
+      <c r="E178" t="s">
+        <v>284</v>
+      </c>
+      <c r="F178" t="s">
+        <v>145</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H178" t="s">
         <v>673</v>
-      </c>
-[...19 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>674</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>675</v>
+      </c>
+      <c r="D179" t="s">
+        <v>283</v>
+      </c>
+      <c r="E179" t="s">
+        <v>284</v>
+      </c>
+      <c r="F179" t="s">
+        <v>300</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H179" t="s">
         <v>677</v>
-      </c>
-[...19 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>678</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>679</v>
+      </c>
+      <c r="D180" t="s">
+        <v>283</v>
+      </c>
+      <c r="E180" t="s">
+        <v>284</v>
+      </c>
+      <c r="F180" t="s">
+        <v>60</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H180" t="s">
         <v>681</v>
-      </c>
-[...19 lines deleted...]
-        <v>684</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>682</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>683</v>
+      </c>
+      <c r="D181" t="s">
+        <v>283</v>
+      </c>
+      <c r="E181" t="s">
+        <v>284</v>
+      </c>
+      <c r="F181" t="s">
+        <v>103</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H181" t="s">
         <v>685</v>
-      </c>
-[...19 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>686</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>687</v>
+      </c>
+      <c r="D182" t="s">
+        <v>283</v>
+      </c>
+      <c r="E182" t="s">
+        <v>284</v>
+      </c>
+      <c r="F182" t="s">
+        <v>300</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="H182" t="s">
         <v>689</v>
-      </c>
-[...19 lines deleted...]
-        <v>693</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="D183" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
       <c r="E183" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="F183" t="s">
-        <v>288</v>
+        <v>82</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="H183" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>694</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>695</v>
+      </c>
+      <c r="D184" t="s">
+        <v>283</v>
+      </c>
+      <c r="E184" t="s">
+        <v>284</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="H184" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
         <v>698</v>
       </c>
-      <c r="B184" t="s">
-[...2 lines deleted...]
-      <c r="C184" t="s">
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>699</v>
+      </c>
+      <c r="D185" t="s">
+        <v>283</v>
+      </c>
+      <c r="E185" t="s">
+        <v>284</v>
+      </c>
+      <c r="F185" t="s">
+        <v>700</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H185" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>703</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>704</v>
+      </c>
+      <c r="D186" t="s">
+        <v>283</v>
+      </c>
+      <c r="E186" t="s">
+        <v>284</v>
+      </c>
+      <c r="F186" t="s">
+        <v>300</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H186" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>707</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>708</v>
+      </c>
+      <c r="D187" t="s">
+        <v>283</v>
+      </c>
+      <c r="E187" t="s">
+        <v>284</v>
+      </c>
+      <c r="F187" t="s">
+        <v>190</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H187" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>711</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>712</v>
+      </c>
+      <c r="D188" t="s">
+        <v>283</v>
+      </c>
+      <c r="E188" t="s">
+        <v>284</v>
+      </c>
+      <c r="F188" t="s">
+        <v>60</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H188" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>715</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>716</v>
+      </c>
+      <c r="D189" t="s">
+        <v>283</v>
+      </c>
+      <c r="E189" t="s">
+        <v>284</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H189" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>719</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>720</v>
+      </c>
+      <c r="D190" t="s">
+        <v>283</v>
+      </c>
+      <c r="E190" t="s">
+        <v>284</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H190" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>723</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>724</v>
+      </c>
+      <c r="D191" t="s">
+        <v>283</v>
+      </c>
+      <c r="E191" t="s">
+        <v>284</v>
+      </c>
+      <c r="F191" t="s">
+        <v>145</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H191" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>727</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>728</v>
+      </c>
+      <c r="D192" t="s">
+        <v>283</v>
+      </c>
+      <c r="E192" t="s">
+        <v>284</v>
+      </c>
+      <c r="F192" t="s">
+        <v>26</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="H192" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>731</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>732</v>
+      </c>
+      <c r="D193" t="s">
+        <v>283</v>
+      </c>
+      <c r="E193" t="s">
+        <v>284</v>
+      </c>
+      <c r="F193" t="s">
+        <v>26</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H193" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>735</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>736</v>
+      </c>
+      <c r="D194" t="s">
+        <v>283</v>
+      </c>
+      <c r="E194" t="s">
+        <v>284</v>
+      </c>
+      <c r="F194" t="s">
+        <v>60</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H194" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>739</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>740</v>
+      </c>
+      <c r="D195" t="s">
+        <v>283</v>
+      </c>
+      <c r="E195" t="s">
+        <v>284</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H195" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>742</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>743</v>
+      </c>
+      <c r="D196" t="s">
+        <v>283</v>
+      </c>
+      <c r="E196" t="s">
+        <v>284</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="H196" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>746</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>747</v>
+      </c>
+      <c r="D197" t="s">
+        <v>283</v>
+      </c>
+      <c r="E197" t="s">
+        <v>284</v>
+      </c>
+      <c r="F197" t="s">
+        <v>82</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="H197" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>750</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>751</v>
+      </c>
+      <c r="D198" t="s">
+        <v>283</v>
+      </c>
+      <c r="E198" t="s">
+        <v>284</v>
+      </c>
+      <c r="F198" t="s">
+        <v>82</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="H198" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>754</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>755</v>
+      </c>
+      <c r="D199" t="s">
+        <v>283</v>
+      </c>
+      <c r="E199" t="s">
+        <v>284</v>
+      </c>
+      <c r="F199" t="s">
+        <v>82</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H199" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>758</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>759</v>
+      </c>
+      <c r="D200" t="s">
+        <v>283</v>
+      </c>
+      <c r="E200" t="s">
+        <v>284</v>
+      </c>
+      <c r="F200" t="s">
+        <v>145</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H200" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>762</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
         <v>10</v>
       </c>
-      <c r="D184" t="s">
-[...5 lines deleted...]
-      <c r="F184" t="s">
+      <c r="D201" t="s">
+        <v>763</v>
+      </c>
+      <c r="E201" t="s">
+        <v>764</v>
+      </c>
+      <c r="F201" t="s">
         <v>35</v>
       </c>
-      <c r="G184" s="1" t="s">
-[...3 lines deleted...]
-        <v>702</v>
+      <c r="G201" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H201" t="s">
+        <v>766</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7466,50 +8100,67 @@
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
     <hyperlink ref="G162" r:id="rId161"/>
     <hyperlink ref="G163" r:id="rId162"/>
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>